--- v0 (2025-12-05)
+++ v1 (2026-01-22)
@@ -301,90 +301,90 @@
   <si>
     <t>Förnamn*</t>
   </si>
   <si>
     <t>Efternamn*</t>
   </si>
   <si>
     <t>Födelseår*</t>
   </si>
   <si>
     <t>Förening/Ort/Företag</t>
   </si>
   <si>
     <t>E-post</t>
   </si>
   <si>
     <t>Tröjstorlek*</t>
   </si>
   <si>
     <t>Blodgiver</t>
   </si>
   <si>
     <t>Anonym</t>
   </si>
   <si>
-    <t>10 km på tid</t>
+    <t>5 km på tid</t>
   </si>
   <si>
     <t>Kvinna</t>
   </si>
   <si>
     <t>Individuell</t>
   </si>
   <si>
     <t>Exempel</t>
   </si>
   <si>
-    <t>Knuts ost och cykel</t>
+    <t>Mora</t>
   </si>
   <si>
     <t>individuell@server.com</t>
   </si>
   <si>
     <t>XXL unisex</t>
+  </si>
+  <si>
+    <t>Ja</t>
   </si>
   <si>
     <t>Klasser</t>
   </si>
   <si>
     <t>Ja/Nej</t>
   </si>
   <si>
     <t>Storlekar</t>
   </si>
   <si>
-    <t>5 km på tid</t>
-[...4 lines deleted...]
-  <si>
     <t>Jag avstår tröja!</t>
   </si>
   <si>
     <t>Man</t>
+  </si>
+  <si>
+    <t>10 km på tid</t>
   </si>
   <si>
     <t>Nej</t>
   </si>
   <si>
     <t>XS unisex</t>
   </si>
   <si>
     <t>Vandretur 5 km</t>
   </si>
   <si>
     <t>S unisex</t>
   </si>
   <si>
     <t>Universell</t>
   </si>
   <si>
     <t>Lille Blodomløpet 0-12 år</t>
   </si>
   <si>
     <t>M unisex</t>
   </si>
   <si>
     <t>L unisex</t>
   </si>
@@ -765,63 +765,65 @@
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="6">
-        <v>2003</v>
+        <v>1979</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="6"/>
-      <c r="J13" s="6"/>
+      <c r="J13" s="6" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="6"/>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
     </row>
     <row r="15">
       <c r="A15" s="6"/>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
     </row>
@@ -6782,139 +6784,139 @@
       <c r="B512" s="6"/>
       <c r="C512" s="6"/>
       <c r="D512" s="6"/>
       <c r="E512" s="6"/>
       <c r="F512" s="6"/>
       <c r="G512" s="6"/>
       <c r="H512" s="6"/>
       <c r="I512" s="6"/>
       <c r="J512" s="6"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="A9:K9"/>
   </mergeCells>
   <conditionalFormatting sqref="A13:J512">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>AND(MOD(CEILING(ROW()-12,5),1)=0,MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="whole" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på födelseår" error="Födelseår måste vara på formatet ÅÅÅÅ, t.ex. 1970 och vara mellan 1910 och 2025" sqref="E13:E512" xr:uid="{78E7DCF7-CC03-4C41-BB25-3E6A9BC4A41C}">
+    <dataValidation type="whole" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på födelseår" error="Födelseår måste vara på formatet ÅÅÅÅ, t.ex. 1970 och vara mellan 1910 och 2026" sqref="E13:E512" xr:uid="{6641DF22-3C7A-44D1-A27E-B86EE8B9939B}">
       <formula1>1910</formula1>
       <formula2>2025</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId4"/>
   </hyperlinks>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
-        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på klass" error="Välj ett värde från listan" xr:uid="{AC81E594-34AE-4EA5-A587-E987A8A09580}">
+        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på klass" error="Välj ett värde från listan" xr:uid="{65140AA5-E34C-47E2-880A-2B760CBE4AFD}">
           <x14:formula1>
             <xm:f>=Validering!$A$2:$A$5</xm:f>
           </x14:formula1>
           <xm:sqref>A13:A512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på egenskap" error="Skriv in Ja eller Nej" xr:uid="{B8508C6F-2EA7-430D-A0F7-88355B6ED8D2}">
+        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på egenskap" error="Skriv in Ja eller Nej" xr:uid="{AABC8462-3848-4D1F-BB72-D8C7A83AA4B7}">
           <x14:formula1>
             <xm:f>=Validering!$B$2:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>I13:J512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på tröjstorlek" error="Välj ett värde från listan" xr:uid="{E9225090-B3EC-4D1D-A95C-FEBD4EF9F804}">
+        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på tröjstorlek" error="Välj ett värde från listan" xr:uid="{F889F8E4-9FDF-48CC-AC9F-4AE61205D5B3}">
           <x14:formula1>
             <xm:f>=Validering!$C$2:$C$11</xm:f>
           </x14:formula1>
           <xm:sqref>H13:H512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på kön" error="Skriv in Man, Kvinna eller Universell" xr:uid="{3926202F-1F8C-43EA-B8D0-C60A03C388A7}">
+        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på kön" error="Skriv in Man, Kvinna eller Universell" xr:uid="{0A2E2BA9-CB27-48E0-9D51-6EC9E879AEF0}">
           <x14:formula1>
             <xm:f>=Validering!$D$2:$D$4</xm:f>
           </x14:formula1>
           <xm:sqref>B13:B512</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.727054595947266" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="14.638700485229492" customWidth="1"/>
     <col min="4" max="4" width="9.421067237854004" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="D2" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>38</v>