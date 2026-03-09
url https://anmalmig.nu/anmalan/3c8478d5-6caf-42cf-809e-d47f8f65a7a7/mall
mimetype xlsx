--- v1 (2026-01-22)
+++ v2 (2026-03-09)
@@ -304,114 +304,114 @@
   <si>
     <t>Efternamn*</t>
   </si>
   <si>
     <t>Födelseår*</t>
   </si>
   <si>
     <t>Förening/Ort/Företag</t>
   </si>
   <si>
     <t>E-post</t>
   </si>
   <si>
     <t>Tröjstorlek*</t>
   </si>
   <si>
     <t>Blodgiver</t>
   </si>
   <si>
     <t>Anonym</t>
   </si>
   <si>
     <t>5 km på tid</t>
   </si>
   <si>
-    <t>Kvinna</t>
+    <t>Man</t>
   </si>
   <si>
     <t>Individuell</t>
   </si>
   <si>
     <t>Exempel</t>
   </si>
   <si>
     <t>Mora</t>
   </si>
   <si>
     <t>individuell@server.com</t>
   </si>
   <si>
-    <t>XXL unisex</t>
-[...2 lines deleted...]
-    <t>Ja</t>
+    <t>L unisex</t>
   </si>
   <si>
     <t>Klasser</t>
   </si>
   <si>
     <t>Ja/Nej</t>
   </si>
   <si>
     <t>Storlekar</t>
   </si>
   <si>
-    <t>Jag avstår tröja!</t>
+    <t>Ja</t>
   </si>
   <si>
-    <t>Man</t>
+    <t>Jag avstår tröja!</t>
   </si>
   <si>
     <t>10 km på tid</t>
   </si>
   <si>
     <t>Nej</t>
   </si>
   <si>
     <t>XS unisex</t>
+  </si>
+  <si>
+    <t>Kvinna</t>
   </si>
   <si>
     <t>Vandretur 5 km</t>
   </si>
   <si>
     <t>S unisex</t>
   </si>
   <si>
     <t>Universell</t>
   </si>
   <si>
     <t>Lille Blodomløpet 0-12 år</t>
   </si>
   <si>
     <t>M unisex</t>
   </si>
   <si>
-    <t>L unisex</t>
+    <t>XL unisex</t>
   </si>
   <si>
-    <t>XL unisex</t>
+    <t>XXL unisex</t>
   </si>
   <si>
     <t>110 cl</t>
   </si>
   <si>
     <t>120 cl</t>
   </si>
   <si>
     <t>130 cl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -765,65 +765,63 @@
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="6">
-        <v>1979</v>
+        <v>1986</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="6"/>
-      <c r="J13" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="6"/>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
     </row>
     <row r="15">
       <c r="A15" s="6"/>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
     </row>
@@ -6784,182 +6782,182 @@
       <c r="B512" s="6"/>
       <c r="C512" s="6"/>
       <c r="D512" s="6"/>
       <c r="E512" s="6"/>
       <c r="F512" s="6"/>
       <c r="G512" s="6"/>
       <c r="H512" s="6"/>
       <c r="I512" s="6"/>
       <c r="J512" s="6"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="A9:K9"/>
   </mergeCells>
   <conditionalFormatting sqref="A13:J512">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>AND(MOD(CEILING(ROW()-12,5),1)=0,MOD(ROW(),2)=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="whole" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på födelseår" error="Födelseår måste vara på formatet ÅÅÅÅ, t.ex. 1970 och vara mellan 1910 och 2026" sqref="E13:E512" xr:uid="{6641DF22-3C7A-44D1-A27E-B86EE8B9939B}">
+    <dataValidation type="whole" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på födelseår" error="Födelseår måste vara på formatet ÅÅÅÅ, t.ex. 1970 och vara mellan 1910 och 2026" sqref="E13:E512" xr:uid="{05DC41D2-D999-40D7-A4E9-96B7BB6D1FF1}">
       <formula1>1910</formula1>
       <formula2>2025</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId4"/>
   </hyperlinks>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
-        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på klass" error="Välj ett värde från listan" xr:uid="{65140AA5-E34C-47E2-880A-2B760CBE4AFD}">
+        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på klass" error="Välj ett värde från listan" xr:uid="{2CF472BE-6849-4270-9374-538B8FED1B8F}">
           <x14:formula1>
             <xm:f>=Validering!$A$2:$A$5</xm:f>
           </x14:formula1>
           <xm:sqref>A13:A512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på egenskap" error="Skriv in Ja eller Nej" xr:uid="{AABC8462-3848-4D1F-BB72-D8C7A83AA4B7}">
+        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på egenskap" error="Skriv in Ja eller Nej" xr:uid="{2C9E5C9C-BB50-44C0-9B38-ED76EFE5FB67}">
           <x14:formula1>
             <xm:f>=Validering!$B$2:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>I13:J512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på tröjstorlek" error="Välj ett värde från listan" xr:uid="{F889F8E4-9FDF-48CC-AC9F-4AE61205D5B3}">
+        <x14:dataValidation type="list" errorStyle="stop" showErrorMessage="1" errorTitle="Felaktigt värde på tröjstorlek" error="Välj ett värde från listan" xr:uid="{5FD631F0-9E18-4D70-B439-9A237985E034}">
           <x14:formula1>
             <xm:f>=Validering!$C$2:$C$11</xm:f>
           </x14:formula1>
           <xm:sqref>H13:H512</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på kön" error="Skriv in Man, Kvinna eller Universell" xr:uid="{0A2E2BA9-CB27-48E0-9D51-6EC9E879AEF0}">
+        <x14:dataValidation type="list" errorStyle="warning" showErrorMessage="1" errorTitle="Felaktigt värde på kön" error="Skriv in Man, Kvinna eller Universell" xr:uid="{57029F81-67D2-4368-8281-FC4FBA510398}">
           <x14:formula1>
             <xm:f>=Validering!$D$2:$D$4</xm:f>
           </x14:formula1>
           <xm:sqref>B13:B512</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.727054595947266" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="14.638700485229492" customWidth="1"/>
     <col min="4" max="4" width="9.421067237854004" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C1" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D2" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="0" t="s">
+      <c r="B3" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C3" s="0" t="s">
+      <c r="D3" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="C6" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="C7" s="0" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="7">
-[...3 lines deleted...]
-    </row>
     <row r="8">
       <c r="C8" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="C9" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="C10" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Company>Hug IT</Company>